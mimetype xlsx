--- v0 (2025-10-06)
+++ v1 (2025-11-05)
@@ -23,114 +23,113 @@
   <Override PartName="/xl/queryTables/queryTable3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/xl/tables/table6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PM Documents\Vendor Relations 2026\05 VR Collateral\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5E0BF077-A205-4301-9D64-82A79464E2DC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FEEEC76B-6924-4DBC-856A-FD436F28C201}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="2" activeTab="5" xr2:uid="{1E40D9D4-0F52-425D-A528-02EA5CF4D86C}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="2" activeTab="2" xr2:uid="{1E40D9D4-0F52-425D-A528-02EA5CF4D86C}"/>
   </bookViews>
   <sheets>
     <sheet name="New! UW Exec Forum" sheetId="8" r:id="rId1"/>
     <sheet name="Pricing - Availbility Commercia" sheetId="7" r:id="rId2"/>
     <sheet name="Pricing - Availbility L Agents" sheetId="6" r:id="rId3"/>
     <sheet name="Pricing- Availability EDge" sheetId="4" r:id="rId4"/>
     <sheet name="Pricing-Availability ALTA ONE" sheetId="3" r:id="rId5"/>
     <sheet name="Price Availability Advo" sheetId="9" r:id="rId6"/>
     <sheet name="Sheet1" sheetId="2" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="Pricing_and_Availbility_Spreadsheet" localSheetId="0" hidden="1">'New! UW Exec Forum'!$A$1:$G$35</definedName>
     <definedName name="Pricing_and_Availbility_Spreadsheet" localSheetId="1" hidden="1">'Pricing - Availbility Commercia'!$A$1:$G$340</definedName>
-    <definedName name="Pricing_and_Availbility_Spreadsheet" localSheetId="2" hidden="1">'Pricing - Availbility L Agents'!$A$1:$G$341</definedName>
+    <definedName name="Pricing_and_Availbility_Spreadsheet" localSheetId="2" hidden="1">'Pricing - Availbility L Agents'!$A$1:$G$339</definedName>
     <definedName name="Pricing_and_Availbility_Spreadsheet" localSheetId="3" hidden="1">'Pricing- Availability EDge'!$A$1:$G$347</definedName>
     <definedName name="Pricing_and_Availbility_Spreadsheet" localSheetId="4" hidden="1">'Pricing-Availability ALTA ONE'!$A$1:$G$340</definedName>
-    <definedName name="query__7" localSheetId="5" hidden="1">'Price Availability Advo'!$A$1:$G$343</definedName>
     <definedName name="query__7" localSheetId="5" hidden="1">'Price Availability Advo'!$A$1:$G$343</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{861FB4D8-50ED-4DF3-82B7-78E3448EA485}" odcFile="D:\PM Documents\Vendor Relations 2026\05 VR Collateral\Pricing and Availbility Spreadsheet.iqy" keepAlive="1" name="Pricing and Availbility Spreadsheet1" type="5" refreshedVersion="8" minRefreshableVersion="3" saveData="1">
     <dbPr connection="Provider=Microsoft.Office.List.OLEDB.2.0;Data Source=&quot;&quot;;ApplicationName=Excel;Version=12.0.0.0" command="&lt;LIST&gt;&lt;VIEWGUID&gt;{F915474A-5A6B-45F3-8630-F795672158F4}&lt;/VIEWGUID&gt;&lt;LISTNAME&gt;{86B2B020-6AAF-4928-BD6E-E2501F270E7B}&lt;/LISTNAME&gt;&lt;LISTWEB&gt;https://alta200036.sharepoint.com/sites/VendorRelationsManagement/_vti_bin&lt;/LISTWEB&gt;&lt;LISTSUBWEB&gt;&lt;/LISTSUBWEB&gt;&lt;ROOTFOLDER&gt;/sites/VendorRelationsManagement/Lists/Product%20Booking%20Tracker%20Excl%20Ads&lt;/ROOTFOLDER&gt;&lt;/LIST&gt;" commandType="5"/>
   </connection>
   <connection id="2" xr16:uid="{EBE9F819-6FA2-46B7-9785-FEF9C3B31453}" odcFile="D:\PM Documents\Vendor Relations 2026\05 VR Collateral\Pricing and Availbility Spreadsheet.iqy" keepAlive="1" name="Pricing and Availbility Spreadsheet2" type="5" refreshedVersion="8" minRefreshableVersion="3" saveData="1">
     <dbPr connection="Provider=Microsoft.Office.List.OLEDB.2.0;Data Source=&quot;&quot;;ApplicationName=Excel;Version=12.0.0.0" command="&lt;LIST&gt;&lt;VIEWGUID&gt;{F915474A-5A6B-45F3-8630-F795672158F4}&lt;/VIEWGUID&gt;&lt;LISTNAME&gt;{86B2B020-6AAF-4928-BD6E-E2501F270E7B}&lt;/LISTNAME&gt;&lt;LISTWEB&gt;https://alta200036.sharepoint.com/sites/VendorRelationsManagement/_vti_bin&lt;/LISTWEB&gt;&lt;LISTSUBWEB&gt;&lt;/LISTSUBWEB&gt;&lt;ROOTFOLDER&gt;/sites/VendorRelationsManagement/Lists/Product%20Booking%20Tracker%20Excl%20Ads&lt;/ROOTFOLDER&gt;&lt;/LIST&gt;" commandType="5"/>
   </connection>
   <connection id="3" xr16:uid="{CC3EDF51-17C5-4A84-8BF1-31485BAA6B2A}" odcFile="D:\PM Documents\Vendor Relations 2026\05 VR Collateral\Pricing and Availbility Spreadsheet.iqy" keepAlive="1" name="Pricing and Availbility Spreadsheet4" type="5" refreshedVersion="8" minRefreshableVersion="3" saveData="1">
     <dbPr connection="Provider=Microsoft.Office.List.OLEDB.2.0;Data Source=&quot;&quot;;ApplicationName=Excel;Version=12.0.0.0" command="&lt;LIST&gt;&lt;VIEWGUID&gt;{F915474A-5A6B-45F3-8630-F795672158F4}&lt;/VIEWGUID&gt;&lt;LISTNAME&gt;{86B2B020-6AAF-4928-BD6E-E2501F270E7B}&lt;/LISTNAME&gt;&lt;LISTWEB&gt;https://alta200036.sharepoint.com/sites/VendorRelationsManagement/_vti_bin&lt;/LISTWEB&gt;&lt;LISTSUBWEB&gt;&lt;/LISTSUBWEB&gt;&lt;ROOTFOLDER&gt;/sites/VendorRelationsManagement/Lists/Product%20Booking%20Tracker%20Excl%20Ads&lt;/ROOTFOLDER&gt;&lt;/LIST&gt;" commandType="5"/>
   </connection>
   <connection id="4" xr16:uid="{68C54450-45E3-42CF-9D2A-C38D10E0BC49}" odcFile="D:\PM Documents\Vendor Relations 2026\05 VR Collateral\Pricing and Availbility Spreadsheet.iqy" keepAlive="1" name="Pricing and Availbility Spreadsheet5" type="5" refreshedVersion="8" minRefreshableVersion="3" saveData="1">
     <dbPr connection="Provider=Microsoft.Office.List.OLEDB.2.0;Data Source=&quot;&quot;;ApplicationName=Excel;Version=12.0.0.0" command="&lt;LIST&gt;&lt;VIEWGUID&gt;{F915474A-5A6B-45F3-8630-F795672158F4}&lt;/VIEWGUID&gt;&lt;LISTNAME&gt;{86B2B020-6AAF-4928-BD6E-E2501F270E7B}&lt;/LISTNAME&gt;&lt;LISTWEB&gt;https://alta200036.sharepoint.com/sites/VendorRelationsManagement/_vti_bin&lt;/LISTWEB&gt;&lt;LISTSUBWEB&gt;&lt;/LISTSUBWEB&gt;&lt;ROOTFOLDER&gt;/sites/VendorRelationsManagement/Lists/Product%20Booking%20Tracker%20Excl%20Ads&lt;/ROOTFOLDER&gt;&lt;/LIST&gt;" commandType="5"/>
   </connection>
   <connection id="5" xr16:uid="{AA24E67F-5678-4A54-9600-15D46DB2F6C8}" odcFile="D:\PM Documents\Vendor Relations 2026\05 VR Collateral\Pricing and Availbility Spreadsheet.iqy" keepAlive="1" name="Pricing and Availbility Spreadsheet6" type="5" refreshedVersion="8" minRefreshableVersion="3" saveData="1">
     <dbPr connection="Provider=Microsoft.Office.List.OLEDB.2.0;Data Source=&quot;&quot;;ApplicationName=Excel;Version=12.0.0.0" command="&lt;LIST&gt;&lt;VIEWGUID&gt;{F915474A-5A6B-45F3-8630-F795672158F4}&lt;/VIEWGUID&gt;&lt;LISTNAME&gt;{86B2B020-6AAF-4928-BD6E-E2501F270E7B}&lt;/LISTNAME&gt;&lt;LISTWEB&gt;https://alta200036.sharepoint.com/sites/VendorRelationsManagement/_vti_bin&lt;/LISTWEB&gt;&lt;LISTSUBWEB&gt;&lt;/LISTSUBWEB&gt;&lt;ROOTFOLDER&gt;/sites/VendorRelationsManagement/Lists/Product%20Booking%20Tracker%20Excl%20Ads&lt;/ROOTFOLDER&gt;&lt;/LIST&gt;" commandType="5"/>
   </connection>
   <connection id="6" xr16:uid="{B6B4D99B-ACD8-450F-BB37-B4CB4F2C8A6A}" odcFile="D:\PM Documents\Vendor Relations 2025\06 Comms &amp; Ads\Ad Reporting Jan\query (7).iqy" keepAlive="1" name="query (7)" type="5" refreshedVersion="8" minRefreshableVersion="3" saveData="1">
     <dbPr connection="Provider=Microsoft.Office.List.OLEDB.2.0;Data Source=&quot;&quot;;ApplicationName=Excel;Version=12.0.0.0" command="&lt;LIST&gt;&lt;VIEWGUID&gt;{F915474A-5A6B-45F3-8630-F795672158F4}&lt;/VIEWGUID&gt;&lt;LISTNAME&gt;{86B2B020-6AAF-4928-BD6E-E2501F270E7B}&lt;/LISTNAME&gt;&lt;LISTWEB&gt;https://alta200036.sharepoint.com/sites/VendorRelationsManagement/_vti_bin&lt;/LISTWEB&gt;&lt;LISTSUBWEB&gt;&lt;/LISTSUBWEB&gt;&lt;ROOTFOLDER&gt;/sites/VendorRelationsManagement/Lists/Product%20Booking%20Tracker%20Excl%20Ads&lt;/ROOTFOLDER&gt;&lt;/LIST&gt;" commandType="5"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1915" uniqueCount="534">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1905" uniqueCount="530">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Item Code (as #)</t>
   </si>
   <si>
     <t>Sponsorship Item</t>
   </si>
   <si>
     <t>Item Description</t>
   </si>
   <si>
     <t>Item Group</t>
   </si>
   <si>
     <t>Avail @ L Agents</t>
   </si>
   <si>
     <t>Avail @ UWF</t>
   </si>
   <si>
     <t>Avail @ Commercial</t>
   </si>
   <si>
@@ -1307,59 +1306,50 @@
   <si>
     <t>Reception: Commercial Network Annual Meeting Network Reception/Happy Hour Second Night</t>
   </si>
   <si>
     <t>Reception: Happy Hour ALTA ONE Wednesday in Market ONE</t>
   </si>
   <si>
     <t>Reception: Happy Hour ALTA ONE Thursday 4:30 - 6:30</t>
   </si>
   <si>
     <t>Sponsored happy hour - cups, napkins &amp; bar station branding included</t>
   </si>
   <si>
     <t>Event Onsite</t>
   </si>
   <si>
     <t>Large Agents Conference - Winter, Happy Hour Day 1</t>
   </si>
   <si>
     <t>Signage and branded napkins included</t>
   </si>
   <si>
     <t>Large Agents Conference - Summer, Happy Hour Day 1</t>
   </si>
   <si>
-    <t>Large Agents Conference - Winter Pre -event</t>
-[...7 lines deleted...]
-  <si>
     <t>Hydration Package x 2</t>
   </si>
   <si>
     <t>Sponsor hydration stations around the meeting space, station branding included</t>
   </si>
   <si>
     <t>Beverage Station</t>
   </si>
   <si>
     <t>Chair Drop: Day 1 Omni/General Session</t>
   </si>
   <si>
     <t>Drop Chair</t>
   </si>
   <si>
     <t>Chair Drop: Day 2 Omni/General Session</t>
   </si>
   <si>
     <t>Chair Drop: Day 3 Omni/General Session</t>
   </si>
   <si>
     <t>Room Drop Night 1</t>
   </si>
   <si>
     <t>Drop Room</t>
@@ -1668,53 +1658,50 @@
     <t>Capitol Hill Day Lunch Sponsorship including Sponsor provided Signs</t>
   </si>
   <si>
     <t>Meal Sponsorships</t>
   </si>
   <si>
     <t>Hosted Agent Sponsorship</t>
   </si>
   <si>
     <t>Level Enhancement</t>
   </si>
   <si>
     <t>Branded maps for each attendee to help navigate around the Capitol</t>
   </si>
   <si>
     <t>Covered outdoor space by lazy river, includes own bar</t>
   </si>
   <si>
     <t>Multiple cabanas available every day, not exclusive</t>
   </si>
   <si>
     <t>Host an on or off property pre-meeting event on first day as attendees gather.&amp;nbsp; Sponsor staff may attend event at no additional expense, but not the meeting as a whole.</t>
   </si>
   <si>
     <t>Branded double sided illuminated sign - static images only, may require power drop</t>
-  </si>
-[...1 lines deleted...]
-    <t>Sponsor designs, arranges and hosts a pre-meeting event: Sponsor staff may attend this event only. ALTA will promote the event in pre-meeting email notifications</t>
   </si>
   <si>
     <t>Sponsored item given away at registration desk</t>
   </si>
   <si>
     <t>Sponsored notebook given away at registration desk</t>
   </si>
   <si>
     <t>Hold a user group meeting or technology demo during EDge, invite your customers and provide in-depth training on your products and services, deep dive user clinics, or show case new releases or includes 2 free passes dates to your platforms. 486 sqft/21 classroom Session Block 2 3:30 PM - 5:00 PM</t>
   </si>
   <si>
     <t>Sponsor the new NTP's breakfast, includes acknowledgement on schedule, chair drop, napkins</t>
   </si>
   <si>
     <t>Regular Sponsorship Advocacy Summit @ ALTA Offices and Terrace: 1 free pass and brand placement</t>
   </si>
   <si>
     <t>Premium Sponsorship Advocacy Summit @ ALTA Offices and Terrace: includes video, 2 free passes &amp; brand placement</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
@@ -2604,54 +2591,54 @@
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{E5A6CEF8-547C-460E-8003-9C196E2FCE20}" name="Table_Pricing_and_Availbility_Spreadsheet7" displayName="Table_Pricing_and_Availbility_Spreadsheet7" ref="A1:G340" tableType="queryTable" totalsRowShown="0">
   <autoFilter ref="A1:G340" xr:uid="{C678E291-78D7-408A-8FCD-1BE510364BD6}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G340">
     <sortCondition ref="B1:B340"/>
   </sortState>
   <tableColumns count="7">
     <tableColumn id="1" xr3:uid="{C2D54D95-A964-4ADA-B762-EC2667877065}" uniqueName="Title" name="Year" queryTableFieldId="1" dataDxfId="34"/>
     <tableColumn id="2" xr3:uid="{D5F24596-90B8-481A-9A6F-5608C74A01DE}" uniqueName="Product_x005f_x0020_Number" name="Item Code (as #)" queryTableFieldId="2" dataDxfId="33"/>
     <tableColumn id="3" xr3:uid="{0D6CBF1D-D9BB-4867-AC7E-9FECE3EC02F0}" uniqueName="Item_x005f_x0020_Group" name="Item Group" queryTableFieldId="5" dataDxfId="32"/>
     <tableColumn id="4" xr3:uid="{57FFE58D-A3E5-4539-A67E-1083C0660F36}" uniqueName="Product_x005f_x0020_Name" name="Sponsorship Item" queryTableFieldId="3" dataDxfId="31"/>
     <tableColumn id="5" xr3:uid="{A4D9EB80-3FD5-49FD-8DC1-9FD64489E07B}" uniqueName="Product_x005f_x0020_Code" name="Item Description" queryTableFieldId="4" dataDxfId="30"/>
     <tableColumn id="6" xr3:uid="{641AF5FB-455E-4932-8C37-87EEB1250809}" uniqueName="Member_x005f_x0020_Price" name="Retail Price" queryTableFieldId="12" dataDxfId="29"/>
     <tableColumn id="10" xr3:uid="{F74643BB-23FB-4AD0-B378-7F466822188A}" uniqueName="Avail_x005f_x0040__x005f_x0020_Commercial" name="Avail @ Commercial" queryTableFieldId="8" dataDxfId="28"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{D5C7877E-A775-4E57-B5DD-50EAB0162781}" name="Table_Pricing_and_Availbility_Spreadsheet6" displayName="Table_Pricing_and_Availbility_Spreadsheet6" ref="A1:G341" tableType="queryTable" totalsRowShown="0">
-[...2 lines deleted...]
-    <sortCondition ref="B1:B341"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{D5C7877E-A775-4E57-B5DD-50EAB0162781}" name="Table_Pricing_and_Availbility_Spreadsheet6" displayName="Table_Pricing_and_Availbility_Spreadsheet6" ref="A1:G339" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:G339" xr:uid="{C678E291-78D7-408A-8FCD-1BE510364BD6}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G339">
+    <sortCondition ref="B1:B339"/>
   </sortState>
   <tableColumns count="7">
     <tableColumn id="1" xr3:uid="{A563CB04-B7AA-443F-97A0-6840A320EDBE}" uniqueName="Title" name="Year" queryTableFieldId="1" dataDxfId="27"/>
     <tableColumn id="2" xr3:uid="{AB9211B0-B45C-4CA2-BACB-E162A5638CD5}" uniqueName="Product_x005f_x0020_Number" name="Item Code (as #)" queryTableFieldId="2" dataDxfId="26"/>
     <tableColumn id="3" xr3:uid="{468A0E4B-5379-4E89-A18C-77815999E865}" uniqueName="Item_x005f_x0020_Group" name="Item Group" queryTableFieldId="5" dataDxfId="25"/>
     <tableColumn id="4" xr3:uid="{C1A877DA-30B8-4271-9352-84414259F619}" uniqueName="Product_x005f_x0020_Name" name="Sponsorship Item" queryTableFieldId="3" dataDxfId="24"/>
     <tableColumn id="5" xr3:uid="{824DDEE0-BD43-48D8-BBFD-CD7F447094EA}" uniqueName="Product_x005f_x0020_Code" name="Item Description" queryTableFieldId="4" dataDxfId="23"/>
     <tableColumn id="6" xr3:uid="{A6F9578B-F457-45EB-955C-B978589C003D}" uniqueName="Member_x005f_x0020_Price" name="Retail Price" queryTableFieldId="12" dataDxfId="22"/>
     <tableColumn id="11" xr3:uid="{D97F519B-B4F6-49D6-92CB-48B12EA1D4D2}" uniqueName="Avail_x005f_x0020__x005f_x0040__x005f_x0020_L_x002" name="Avail @ L Agents" queryTableFieldId="6" dataDxfId="21"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{1E387E3C-4ADF-4251-97D9-51D1DF1EB4F6}" name="Table_Pricing_and_Availbility_Spreadsheet4" displayName="Table_Pricing_and_Availbility_Spreadsheet4" ref="A1:G347" tableType="queryTable" totalsRowShown="0">
   <autoFilter ref="A1:G347" xr:uid="{C678E291-78D7-408A-8FCD-1BE510364BD6}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G347">
     <sortCondition ref="B1:B347"/>
   </sortState>
   <tableColumns count="7">
     <tableColumn id="1" xr3:uid="{8E2EC8A1-D6E8-4C03-A47C-931A1D7F4DC9}" uniqueName="Title" name="Year" queryTableFieldId="1" dataDxfId="20"/>
     <tableColumn id="2" xr3:uid="{483426D0-3660-4C41-A66D-353DA15D3BCE}" uniqueName="Product_x005f_x0020_Number" name="Item Code (as #)" queryTableFieldId="2" dataDxfId="19"/>
     <tableColumn id="3" xr3:uid="{36654C62-9AD2-4029-A58C-6622FD23FDE2}" uniqueName="Item_x005f_x0020_Group" name="Item Group" queryTableFieldId="5" dataDxfId="18"/>
     <tableColumn id="4" xr3:uid="{D667985A-35BE-4AD3-8CF3-AF8C1D9F6A06}" uniqueName="Product_x005f_x0020_Name" name="Sponsorship Item" queryTableFieldId="3" dataDxfId="17"/>
@@ -3157,103 +3144,103 @@
       </c>
       <c r="C5" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>397</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>396</v>
       </c>
       <c r="F5" s="4">
         <v>6000</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="2">
         <v>79.313999999999993</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="F6" s="4">
         <v>2000</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="2">
         <v>79.334999999999994</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="F7" s="4">
         <v>1500</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="2">
         <v>79.400999999999996</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="F8" s="4">
         <v>3210</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="1"/>
       <c r="B9" s="2"/>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="3"/>
       <c r="F9" s="4"/>
       <c r="G9" s="1"/>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="1"/>
       <c r="B10" s="2"/>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="3"/>
       <c r="F10" s="4"/>
       <c r="G10" s="1"/>
@@ -3674,304 +3661,304 @@
       </c>
       <c r="C8" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>398</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>396</v>
       </c>
       <c r="F8" s="4">
         <v>4500</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="2">
         <v>79.3</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="4">
         <v>3500</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="2">
         <v>79.301000000000002</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="4">
         <v>2500</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="2">
         <v>79.314999999999998</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="F11" s="4">
         <v>3500</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="2">
         <v>79.316000000000003</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="F12" s="4">
         <v>2500</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="2">
         <v>79.337000000000003</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="F13" s="4">
         <v>2140</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="2">
         <v>79.337999999999994</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="F14" s="4">
         <v>2140</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="2">
         <v>79.400999999999996</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="F15" s="4">
         <v>3210</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="2">
         <v>81.099999999999994</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>261</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="F16" s="4">
         <v>5000</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="2">
         <v>230</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="4">
         <v>1000</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B18" s="2">
         <v>231</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="F18" s="4">
         <v>250</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="2">
         <v>232</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="F19" s="4">
         <v>250</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B20" s="2">
         <v>233</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="F20" s="4">
         <v>250</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="1"/>
       <c r="B21" s="2"/>
       <c r="C21" s="1"/>
       <c r="D21" s="1"/>
       <c r="E21" s="3"/>
       <c r="F21" s="4"/>
       <c r="G21" s="1"/>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="1"/>
       <c r="B22" s="2"/>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
       <c r="E22" s="3"/>
       <c r="F22" s="4"/>
       <c r="G22" s="1"/>
@@ -6826,54 +6813,54 @@
       <c r="C339" s="1"/>
       <c r="D339" s="1"/>
       <c r="E339" s="3"/>
       <c r="F339" s="4"/>
       <c r="G339" s="1"/>
     </row>
     <row r="340" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A340" s="1"/>
       <c r="B340" s="2"/>
       <c r="C340" s="1"/>
       <c r="D340" s="1"/>
       <c r="E340" s="3"/>
       <c r="F340" s="4"/>
       <c r="G340" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{61C4842B-1133-45EA-A740-710F3DF30E65}">
-  <dimension ref="A1:G341"/>
+  <dimension ref="A1:G339"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A22" sqref="A22:XFD22"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A9" sqref="A9:XFD10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="37.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="60.7109375" customWidth="1"/>
     <col min="5" max="5" width="81.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="17.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>4</v>
       </c>
       <c r="D1" t="s">
         <v>2</v>
@@ -6922,74 +6909,74 @@
       <c r="D3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="4">
         <v>2500</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="2">
         <v>33.073999999999998</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>264</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>323</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="F4" s="4">
         <v>10000</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="2">
         <v>33.075000000000003</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>264</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>324</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="F5" s="4">
         <v>10000</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="2">
         <v>39.119999999999997</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>331</v>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="4">
         <v>3000</v>
       </c>
@@ -7021,512 +7008,484 @@
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="2">
         <v>74.62</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>405</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>404</v>
       </c>
       <c r="F8" s="4">
         <v>5320</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="9" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="2">
-        <v>74.63</v>
+        <v>76.2</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>407</v>
+        <v>18</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>406</v>
-[...3 lines deleted...]
-      </c>
+        <v>408</v>
+      </c>
+      <c r="E9" s="3"/>
       <c r="F9" s="4">
-        <v>10000</v>
-[...5 lines deleted...]
-    <row r="10" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+        <v>2140</v>
+      </c>
+      <c r="G9" s="1"/>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="2">
-        <v>74.64</v>
+        <v>79.31</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>408</v>
+        <v>417</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>527</v>
+        <v>418</v>
       </c>
       <c r="F10" s="4">
-        <v>10000</v>
+        <v>2675</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="2">
-        <v>76.2</v>
+        <v>79.311000000000007</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>18</v>
+        <v>414</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>411</v>
-[...1 lines deleted...]
-      <c r="E11" s="3"/>
+        <v>419</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>418</v>
+      </c>
       <c r="F11" s="4">
-        <v>2140</v>
-[...1 lines deleted...]
-      <c r="G11" s="1"/>
+        <v>2675</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="2">
-        <v>79.31</v>
+        <v>79.311999999999998</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>420</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="F12" s="4">
         <v>2675</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="2">
-        <v>79.311000000000007</v>
+        <v>79.313000000000002</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="F13" s="4">
         <v>2675</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="2">
-        <v>79.311999999999998</v>
+        <v>79.331000000000003</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>417</v>
+        <v>410</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="F14" s="4">
         <v>2675</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="2">
-        <v>79.313000000000002</v>
+        <v>79.331999999999994</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>417</v>
+        <v>410</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="F15" s="4">
         <v>2675</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="2">
-        <v>79.331000000000003</v>
+        <v>79.332999999999998</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>429</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="F16" s="4">
         <v>2675</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="2">
-        <v>79.331999999999994</v>
+        <v>79.334000000000003</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="F17" s="4">
         <v>2675</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B18" s="2">
-        <v>79.332999999999998</v>
+        <v>79.400000000000006</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>413</v>
+        <v>435</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>430</v>
+        <v>524</v>
       </c>
       <c r="F18" s="4">
-        <v>2675</v>
+        <v>3210</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="2">
-        <v>79.334000000000003</v>
+        <v>79.400999999999996</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>413</v>
+        <v>435</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>430</v>
+        <v>524</v>
       </c>
       <c r="F19" s="4">
-        <v>2675</v>
+        <v>3210</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B20" s="2">
-        <v>79.400000000000006</v>
+        <v>240</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>438</v>
+        <v>485</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>437</v>
-[...3 lines deleted...]
-      </c>
+        <v>502</v>
+      </c>
+      <c r="E20" s="3"/>
       <c r="F20" s="4">
-        <v>3210</v>
+        <v>1300</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="2">
-        <v>79.400999999999996</v>
+        <v>241</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>438</v>
+        <v>485</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>439</v>
-[...3 lines deleted...]
-      </c>
+        <v>503</v>
+      </c>
+      <c r="E21" s="3"/>
       <c r="F21" s="4">
-        <v>3210</v>
+        <v>500</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B22" s="2">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="E22" s="3"/>
       <c r="F22" s="4">
-        <v>1300</v>
+        <v>500</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B23" s="2">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="E23" s="3"/>
       <c r="F23" s="4">
         <v>500</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B24" s="2">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="E24" s="3"/>
       <c r="F24" s="4">
-        <v>500</v>
+        <v>1300</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B25" s="2">
-        <v>243</v>
+        <v>251</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="E25" s="3"/>
       <c r="F25" s="4">
         <v>500</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B26" s="2">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="E26" s="3"/>
       <c r="F26" s="4">
-        <v>1300</v>
+        <v>500</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B27" s="2">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="E27" s="3"/>
       <c r="F27" s="4">
         <v>500</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A28" s="1" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A28" s="1"/>
+      <c r="B28" s="2"/>
+      <c r="C28" s="1"/>
+      <c r="D28" s="1"/>
       <c r="E28" s="3"/>
-      <c r="F28" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="F28" s="4"/>
+      <c r="G28" s="1"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A29" s="1" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A29" s="1"/>
+      <c r="B29" s="2"/>
+      <c r="C29" s="1"/>
+      <c r="D29" s="1"/>
       <c r="E29" s="3"/>
-      <c r="F29" s="4">
-[...4 lines deleted...]
-      </c>
+      <c r="F29" s="4"/>
+      <c r="G29" s="1"/>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="1"/>
       <c r="B30" s="2"/>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
       <c r="E30" s="3"/>
       <c r="F30" s="4"/>
       <c r="G30" s="1"/>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="1"/>
       <c r="B31" s="2"/>
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
       <c r="E31" s="3"/>
       <c r="F31" s="4"/>
       <c r="G31" s="1"/>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="1"/>
       <c r="B32" s="2"/>
       <c r="C32" s="1"/>
       <c r="D32" s="1"/>
       <c r="E32" s="3"/>
@@ -10273,82 +10232,66 @@
       <c r="A337" s="1"/>
       <c r="B337" s="2"/>
       <c r="C337" s="1"/>
       <c r="D337" s="1"/>
       <c r="E337" s="3"/>
       <c r="F337" s="4"/>
       <c r="G337" s="1"/>
     </row>
     <row r="338" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A338" s="1"/>
       <c r="B338" s="2"/>
       <c r="C338" s="1"/>
       <c r="D338" s="1"/>
       <c r="E338" s="3"/>
       <c r="F338" s="4"/>
       <c r="G338" s="1"/>
     </row>
     <row r="339" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A339" s="1"/>
       <c r="B339" s="2"/>
       <c r="C339" s="1"/>
       <c r="D339" s="1"/>
       <c r="E339" s="3"/>
       <c r="F339" s="4"/>
       <c r="G339" s="1"/>
-    </row>
-[...16 lines deleted...]
-      <c r="G341" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A784CCAF-703B-44B8-A402-9F08A3B54ACB}">
   <dimension ref="A1:G347"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C32" sqref="C32"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="37.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="60.7109375" customWidth="1"/>
     <col min="5" max="5" width="81.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="14.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>4</v>
       </c>
       <c r="D1" t="s">
         <v>2</v>
       </c>
@@ -10814,51 +10757,51 @@
       </c>
       <c r="G21" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B22" s="2">
         <v>39.14</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>332</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>333</v>
       </c>
       <c r="F22" s="4">
         <v>9450</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B23" s="2">
         <v>51.17</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>341</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>348</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>340</v>
       </c>
       <c r="F23" s="4">
         <v>12840</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>16</v>
       </c>
     </row>
@@ -10898,74 +10841,74 @@
       </c>
       <c r="E25" s="3" t="s">
         <v>380</v>
       </c>
       <c r="F25" s="4">
         <v>2000</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B26" s="2">
         <v>70.010000000000005</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>383</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="F26" s="4">
         <v>5000</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B27" s="2">
         <v>70.02</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>384</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="F27" s="4">
         <v>8000</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B28" s="2">
         <v>70.099999999999994</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>385</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>386</v>
       </c>
       <c r="F28" s="4">
@@ -11010,942 +10953,942 @@
       </c>
       <c r="D30" s="1" t="s">
         <v>392</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>391</v>
       </c>
       <c r="F30" s="4">
         <v>10000</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B31" s="2">
         <v>76.099999999999994</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="F31" s="4">
         <v>8000</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B32" s="2">
         <v>76.2</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="E32" s="3"/>
       <c r="F32" s="4">
         <v>2140</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B33" s="2">
         <v>79</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="E33" s="3"/>
       <c r="F33" s="4">
         <v>2500</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B34" s="2">
         <v>79.3</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="E34" s="3"/>
       <c r="F34" s="4">
         <v>3500</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B35" s="2">
         <v>79.301000000000002</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="E35" s="3"/>
       <c r="F35" s="4">
         <v>2500</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A36" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B36" s="2">
         <v>81</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="F36" s="4">
         <v>6955</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A37" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B37" s="2">
         <v>81.010000000000005</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="F37" s="4">
         <v>6955</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A38" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B38" s="2">
         <v>81.040999999999997</v>
       </c>
       <c r="C38" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>443</v>
-      </c>
-[...4 lines deleted...]
-        <v>446</v>
       </c>
       <c r="F38" s="4">
         <v>10000</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A39" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B39" s="2">
         <v>81.042000000000002</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="F39" s="4">
         <v>10000</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="40" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A40" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B40" s="2">
         <v>81.043000000000006</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="F40" s="4">
         <v>10000</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A41" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B41" s="2">
         <v>81.043999999999997</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="F41" s="4">
         <v>10000</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B42" s="2">
         <v>81.045000000000002</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="F42" s="4">
         <v>10000</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="43" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A43" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B43" s="2">
         <v>81.046000000000006</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="F43" s="4">
         <v>10000</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A44" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B44" s="2">
         <v>81.046999999999997</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="F44" s="4">
         <v>10000</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="45" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A45" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B45" s="2">
         <v>81.048000000000002</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="F45" s="4">
         <v>10000</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="46" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A46" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B46" s="2">
         <v>81.090999999999994</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="F46" s="4">
         <v>2000</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="47" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A47" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B47" s="2">
         <v>81.091999999999999</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="F47" s="4">
         <v>2000</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="48" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A48" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B48" s="2">
         <v>81.093000000000004</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="F48" s="4">
         <v>2000</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="49" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A49" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B49" s="2">
         <v>81.093999999999994</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="F49" s="4">
         <v>2000</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="50" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B50" s="2">
         <v>81.094999999999999</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="F50" s="4">
         <v>2000</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="51" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A51" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B51" s="2">
         <v>81.11</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>283</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="F51" s="4">
         <v>10000</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A52" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B52" s="2">
         <v>88</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="F52" s="4">
         <v>3210</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A53" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B53" s="2">
         <v>88</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="E53" s="3"/>
       <c r="F53" s="4">
         <v>3120</v>
       </c>
       <c r="G53" s="1"/>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A54" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B54" s="2">
         <v>88</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="E54" s="3"/>
       <c r="F54" s="4">
         <v>3120</v>
       </c>
       <c r="G54" s="1"/>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A55" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B55" s="2">
         <v>88.01</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="E55" s="3"/>
       <c r="F55" s="4">
         <v>3210</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B56" s="2">
         <v>88.01</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="E56" s="3"/>
       <c r="F56" s="4">
         <v>3120</v>
       </c>
       <c r="G56" s="1"/>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B57" s="2">
         <v>88.01</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="E57" s="3"/>
       <c r="F57" s="4">
         <v>3120</v>
       </c>
       <c r="G57" s="1"/>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B58" s="2">
         <v>88.01</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="E58" s="3"/>
       <c r="F58" s="4">
         <v>3120</v>
       </c>
       <c r="G58" s="1"/>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B59" s="2">
         <v>88.02</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="E59" s="3"/>
       <c r="F59" s="4">
         <v>3210</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A60" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B60" s="2">
         <v>89</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="F60" s="4">
         <v>7000</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A61" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B61" s="2">
         <v>89.2</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="4">
         <v>10000</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A62" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B62" s="2">
         <v>90.1</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="E62" s="3"/>
       <c r="F62" s="4">
         <v>2675</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A63" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B63" s="2">
         <v>94.1</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>375</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="F63" s="4">
         <v>6500</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A64" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B64" s="2">
         <v>94.2</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>378</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="E64" s="3"/>
       <c r="F64" s="4">
         <v>2140</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B65" s="2">
         <v>94.2</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>378</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="E65" s="3"/>
       <c r="F65" s="4"/>
       <c r="G65" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B66" s="2">
         <v>102.2</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="F66" s="4">
         <v>10000</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A67" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B67" s="2">
         <v>210</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="E67" s="3"/>
       <c r="F67" s="4">
         <v>2000</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A68" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B68" s="2">
         <v>211</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="E68" s="3"/>
       <c r="F68" s="4">
         <v>650</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A69" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B69" s="2">
         <v>212</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="E69" s="3"/>
       <c r="F69" s="4">
         <v>650</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A70" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B70" s="2">
         <v>213</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="E70" s="3"/>
       <c r="F70" s="4">
         <v>650</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A71" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B71" s="2">
         <v>500</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="E71" s="3"/>
       <c r="F71" s="4">
         <v>3000</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A72" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B72" s="2">
         <v>501</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="E72" s="3"/>
       <c r="F72" s="4">
         <v>3000</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="73" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A73" s="1"/>
       <c r="B73" s="2"/>
       <c r="C73" s="1"/>
       <c r="D73" s="1"/>
       <c r="E73" s="3"/>
       <c r="F73" s="4"/>
       <c r="G73" s="1"/>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A74" s="1"/>
       <c r="B74" s="2"/>
       <c r="C74" s="1"/>
       <c r="D74" s="1"/>
       <c r="E74" s="3"/>
       <c r="F74" s="4"/>
@@ -17965,97 +17908,97 @@
       </c>
       <c r="E156" s="3" t="s">
         <v>305</v>
       </c>
       <c r="F156" s="4">
         <v>1500</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="157" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A157" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B157" s="2">
         <v>33.048999999999999</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>264</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>306</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="F157" s="4">
         <v>3000</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="158" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A158" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B158" s="2">
         <v>33.052</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>264</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>307</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>308</v>
       </c>
       <c r="F158" s="4">
         <v>2000</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="159" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A159" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B159" s="2">
         <v>33.052999999999997</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>264</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>309</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="F159" s="4">
         <v>500</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="160" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A160" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B160" s="2">
         <v>33.055999999999997</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>261</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>310</v>
       </c>
       <c r="E160" s="3"/>
       <c r="F160" s="4">
         <v>5350</v>
       </c>
@@ -19001,74 +18944,74 @@
       </c>
       <c r="E202" s="3" t="s">
         <v>382</v>
       </c>
       <c r="F202" s="4">
         <v>9000</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="203" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A203" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B203" s="2">
         <v>70.010000000000005</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>383</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="F203" s="4">
         <v>5000</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="204" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A204" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B204" s="2">
         <v>70.02</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>384</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="F204" s="4">
         <v>8000</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="205" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A205" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B205" s="2">
         <v>74.400000000000006</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>393</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>394</v>
       </c>
       <c r="F205" s="4">
@@ -19155,699 +19098,699 @@
       <c r="C209" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>402</v>
       </c>
       <c r="E209" s="3"/>
       <c r="F209" s="4">
         <v>5000</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="210" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A210" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B210" s="2">
         <v>76.099999999999994</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="F210" s="4">
         <v>8000</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="211" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A211" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B211" s="2">
         <v>76.2</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="E211" s="3"/>
       <c r="F211" s="4">
         <v>2140</v>
       </c>
       <c r="G211" s="1"/>
     </row>
     <row r="212" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A212" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B212" s="2">
         <v>79</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="E212" s="3"/>
       <c r="F212" s="4">
         <v>2500</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="213" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A213" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B213" s="2">
         <v>79.001000000000005</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="E213" s="3"/>
       <c r="F213" s="4">
         <v>1500</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="214" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A214" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B214" s="2">
         <v>79.001999999999995</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="E214" s="3"/>
       <c r="F214" s="4">
         <v>1000</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="215" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A215" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B215" s="2">
         <v>79.3</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="E215" s="3"/>
       <c r="F215" s="4">
         <v>3500</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="216" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A216" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B216" s="2">
         <v>79.301000000000002</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="E216" s="3"/>
       <c r="F216" s="4">
         <v>2500</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="217" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A217" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B217" s="2">
         <v>79.302000000000007</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="E217" s="3"/>
       <c r="F217" s="4">
         <v>500</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="218" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A218" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B218" s="2">
         <v>79.402000000000001</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="F218" s="4">
         <v>3000</v>
       </c>
       <c r="G218" s="1"/>
     </row>
     <row r="219" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A219" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B219" s="2">
         <v>81.090999999999994</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="F219" s="4">
         <v>2000</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="220" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A220" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B220" s="2">
         <v>81.091999999999999</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="F220" s="4">
         <v>2000</v>
       </c>
       <c r="G220" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="221" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A221" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B221" s="2">
         <v>81.093000000000004</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="F221" s="4">
         <v>2000</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="222" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A222" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B222" s="2">
         <v>81.093999999999994</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="F222" s="4">
         <v>2000</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="223" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A223" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B223" s="2">
         <v>81.094999999999999</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="F223" s="4">
         <v>2000</v>
       </c>
       <c r="G223" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="224" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A224" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B224" s="2">
         <v>88</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="F224" s="4">
         <v>3210</v>
       </c>
       <c r="G224" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="225" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A225" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B225" s="2">
         <v>89</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="F225" s="4">
         <v>7000</v>
       </c>
       <c r="G225" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="226" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A226" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B226" s="2">
         <v>89.1</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F226" s="4">
         <v>15000</v>
       </c>
       <c r="G226" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="227" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A227" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B227" s="2">
         <v>89.2</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="F227" s="4">
         <v>8000</v>
       </c>
       <c r="G227" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="228" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A228" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B228" s="2">
         <v>90.1</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="E228" s="3"/>
       <c r="F228" s="4">
         <v>2675</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="229" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A229" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B229" s="2">
         <v>94.1</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>375</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="F229" s="4">
         <v>6500</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="230" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A230" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B230" s="2">
         <v>94.11</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>375</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="E230" s="3"/>
       <c r="F230" s="4">
         <v>5000</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="231" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A231" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B231" s="2">
         <v>94.2</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>378</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="E231" s="3"/>
       <c r="F231" s="4">
         <v>2140</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="232" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A232" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B232" s="2">
         <v>94.2</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>378</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="E232" s="3"/>
       <c r="F232" s="4"/>
       <c r="G232" s="1"/>
     </row>
     <row r="233" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A233" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B233" s="2">
         <v>102.1</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="F233" s="4">
         <v>16050</v>
       </c>
       <c r="G233" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="234" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A234" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B234" s="2">
         <v>220</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="E234" s="3"/>
       <c r="F234" s="4">
         <v>3000</v>
       </c>
       <c r="G234" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="235" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A235" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B235" s="2">
         <v>221</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="E235" s="3"/>
       <c r="F235" s="4">
         <v>850</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="236" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A236" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B236" s="2">
         <v>222</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="E236" s="3"/>
       <c r="F236" s="4">
         <v>850</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="237" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A237" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B237" s="2">
         <v>223</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="E237" s="3"/>
       <c r="F237" s="4">
         <v>850</v>
       </c>
       <c r="G237" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="238" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A238" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B238" s="2">
         <v>500</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="E238" s="3"/>
       <c r="F238" s="4">
         <v>3000</v>
       </c>
       <c r="G238" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="239" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A239" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B239" s="2">
         <v>501</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="E239" s="3"/>
       <c r="F239" s="4">
         <v>3000</v>
       </c>
       <c r="G239" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="240" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A240" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B240" s="2">
         <v>600</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="E240" s="3"/>
       <c r="F240" s="4">
         <v>10000</v>
       </c>
       <c r="G240" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="241" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A241" s="1"/>
       <c r="B241" s="2"/>
       <c r="C241" s="1"/>
       <c r="D241" s="1"/>
       <c r="E241" s="3"/>
       <c r="F241" s="4"/>
       <c r="G241" s="1"/>
     </row>
     <row r="242" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A242" s="1"/>
       <c r="B242" s="2"/>
       <c r="C242" s="1"/>
       <c r="D242" s="1"/>
       <c r="E242" s="3"/>
       <c r="F242" s="4"/>
@@ -20725,51 +20668,51 @@
       <c r="E339" s="3"/>
       <c r="F339" s="4"/>
       <c r="G339" s="1"/>
     </row>
     <row r="340" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A340" s="1"/>
       <c r="B340" s="2"/>
       <c r="C340" s="1"/>
       <c r="D340" s="1"/>
       <c r="E340" s="3"/>
       <c r="F340" s="4"/>
       <c r="G340" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5267C135-6344-4510-A0E8-7051ACD66146}">
   <dimension ref="A1:G343"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A15" workbookViewId="0">
+    <sheetView topLeftCell="A15" workbookViewId="0">
       <selection activeCell="E37" sqref="E37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="37.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="5" width="81.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="15.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>4</v>
       </c>
       <c r="D1" t="s">
         <v>2</v>
@@ -20887,51 +20830,51 @@
       </c>
       <c r="E6" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="4">
         <v>2000</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="2">
         <v>16.100000000000001</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="F7" s="4">
         <v>2407</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="2">
         <v>16.21</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="F8" s="4">
@@ -21087,523 +21030,523 @@
       </c>
       <c r="D15" s="1" t="s">
         <v>379</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>380</v>
       </c>
       <c r="F15" s="4">
         <v>2000</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="2">
         <v>74.209999999999994</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="E16" s="3"/>
       <c r="F16" s="4">
         <v>15000</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="2">
         <v>74.210999999999999</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="4">
         <v>3000</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B18" s="2">
         <v>74.212000000000003</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="E18" s="3"/>
       <c r="F18" s="4">
         <v>3000</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="2">
         <v>74.212999999999994</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="E19" s="3"/>
       <c r="F19" s="4">
         <v>3000</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B20" s="2">
         <v>74.23</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>387</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>388</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>389</v>
       </c>
       <c r="F20" s="4">
         <v>7500</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="2">
         <v>76.099999999999994</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="F21" s="4">
         <v>8000</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B22" s="2">
         <v>79.3</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="E22" s="3"/>
       <c r="F22" s="4">
         <v>3500</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B23" s="2">
         <v>79.301000000000002</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="E23" s="3"/>
       <c r="F23" s="4">
         <v>2500</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B24" s="2">
         <v>88</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="F24" s="4">
         <v>3210</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B25" s="2">
         <v>89</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="F25" s="4">
         <v>7000</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B26" s="2">
         <v>90.1</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="E26" s="3"/>
       <c r="F26" s="4">
         <v>2675</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A27" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B27" s="2">
         <v>94.2</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>378</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="E27" s="3"/>
       <c r="F27" s="4"/>
       <c r="G27" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B28" s="2">
         <v>102.1</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="F28" s="4">
         <v>16050</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A29" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B29" s="2">
         <v>106</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="F29" s="4">
         <v>8000</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B30" s="2">
         <v>200</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="E30" s="3"/>
       <c r="F30" s="4">
         <v>550</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B31" s="2">
         <v>201</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="E31" s="3"/>
       <c r="F31" s="4">
         <v>450</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B32" s="2">
         <v>202</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="E32" s="3"/>
       <c r="F32" s="4">
         <v>450</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B33" s="2">
         <v>203</v>
       </c>
       <c r="C33" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="D33" s="1" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
       <c r="E33" s="3"/>
       <c r="F33" s="4">
         <v>450</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B34" s="2">
         <v>300</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="E34" s="3"/>
       <c r="F34" s="4">
         <v>3000</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B35" s="2">
         <v>301</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="E35" s="3"/>
       <c r="F35" s="4">
         <v>3000</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B36" s="2">
         <v>302</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="E36" s="3"/>
       <c r="F36" s="4">
         <v>3000</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B37" s="2">
         <v>302</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="D37" s="1" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>517</v>
       </c>
       <c r="E37" s="3"/>
       <c r="F37" s="4">
         <v>3000</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B38" s="2">
         <v>400</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="E38" s="3"/>
       <c r="F38" s="4">
         <v>2461</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="1"/>
       <c r="B39" s="2"/>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
       <c r="E39" s="3"/>
       <c r="F39" s="4"/>
       <c r="G39" s="1"/>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="1"/>
       <c r="B40" s="2"/>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
       <c r="E40" s="3"/>
       <c r="F40" s="4"/>